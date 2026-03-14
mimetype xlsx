--- v0 (2025-12-02)
+++ v1 (2026-03-14)
@@ -1,71 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\CCAMECAM\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5FED59A9-D108-466C-A5C1-9DBE20AE46D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B4110DB4-1DAE-41C9-BF35-4255F6B38AF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Informacion" sheetId="1" r:id="rId1"/>
     <sheet name="Hidden_1" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="Hidden_15">Hidden_1!$A$1:$A$2</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="48">
   <si>
     <t>45453</t>
   </si>
   <si>
     <t>TÍTULO</t>
   </si>
   <si>
     <t>NOMBRE CORTO</t>
   </si>
   <si>
     <t>DESCRIPCIÓN</t>
   </si>
   <si>
     <t>Actas de sesiones_Actas del Consejo Consultivo</t>
   </si>
   <si>
     <t>N_F46a_LTAIPEC_Art74FrXLVI</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -143,90 +143,72 @@
   <si>
     <t>Número del acta (en su caso)</t>
   </si>
   <si>
     <t>Orden del día; en su caso</t>
   </si>
   <si>
     <t>Hipervínculo a los documentos completos de las actas (versiones públicas)</t>
   </si>
   <si>
     <t>Área(s) responsable(s) que genera(n), posee(n), publica(n) y actualizan la información</t>
   </si>
   <si>
     <t>Fecha de actualización</t>
   </si>
   <si>
     <t>Nota</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Extraordinaria</t>
   </si>
   <si>
-    <t>Primera</t>
-[...1 lines deleted...]
-  <si>
     <t/>
   </si>
   <si>
     <t>Subcomisión Jurídica</t>
   </si>
   <si>
-    <t>01/07/2025</t>
-[...8 lines deleted...]
-    <t>10/09/2025</t>
+    <t>En el periodo que se reporta no se han emitido actas del consejo de la CCAMECAM.</t>
   </si>
   <si>
     <t>Ordinaria</t>
   </si>
   <si>
-    <t>Informe trimestral de la CCAMECAM</t>
-[...14 lines deleted...]
-    <t>https://gat.campeche.gob.mx/index.php/category/414-xlvi?download=21805:2da-sesi%C3%B3n-ordinaria-de-consejo-de-la-ccamecam-2025</t>
+    <t>2663DBF9378FEE68B15EDE1D603863F3</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>12/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
     </font>
@@ -592,54 +574,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M9"/>
+  <dimension ref="A1:M8"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="E12" sqref="E12"/>
+      <selection activeCell="A8" sqref="A8:XFD11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="8" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="36.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="67.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="18" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="25.5703125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="36.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="123.5703125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="73.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="20" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="70.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
@@ -791,154 +773,113 @@
       </c>
       <c r="I7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="L7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="M7" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:13" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="H8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="I8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="K8" s="2" t="s">
+      <c r="L8" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="M8" s="2" t="s">
         <v>42</v>
-      </c>
-[...45 lines deleted...]
-        <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A6:M6"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="D2:F2"/>
     <mergeCell ref="G2:I2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="G3:I3"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F8:F199" xr:uid="{00000000-0002-0000-0000-000000000000}">
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" sqref="F8:F197" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>Hidden_15</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:A2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>